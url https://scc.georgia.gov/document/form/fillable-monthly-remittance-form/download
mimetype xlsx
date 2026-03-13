--- v0 (2025-10-10)
+++ v1 (2026-03-13)
@@ -1,267 +1,160 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\2 FORMS\Remittance Reports\Automated Remittance (Excel)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D72B9F2-9BAC-4015-B7F9-3623F25F08B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{44DF044E-5FB8-44B2-885B-82482796A2E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="21168" yWindow="-100" windowWidth="21467" windowHeight="11443" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="24570" yWindow="-116" windowWidth="24917" windowHeight="13410" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="REMITTANCES" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="3" r:id="rId2"/>
+    <sheet name="CO." sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O32" i="1" l="1"/>
-[...13 lines deleted...]
-  <c r="M35" i="1" l="1"/>
+  <c r="N37" i="1" l="1"/>
+  <c r="F29" i="1"/>
+  <c r="N29" i="1"/>
+  <c r="F30" i="1"/>
+  <c r="N30" i="1"/>
+  <c r="F31" i="1"/>
+  <c r="N31" i="1"/>
+  <c r="N36" i="1"/>
+  <c r="L25" i="1"/>
+  <c r="F36" i="1"/>
+  <c r="F37" i="1"/>
+  <c r="F35" i="1"/>
+  <c r="N35" i="1"/>
+  <c r="M10" i="1"/>
+  <c r="N40" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="214" uniqueCount="200">
   <si>
     <t>SUPERIOR COURT CLERKS' RETIREMENT FUND OF GEORGIA</t>
   </si>
   <si>
     <t>Griffin, Georgia 30224</t>
   </si>
   <si>
-    <t>Date:</t>
-[...1 lines deleted...]
-  <si>
     <t>Enclosed are check(s) in payment of all fees for the month as required.</t>
   </si>
   <si>
-    <t>County Number:</t>
-[...1 lines deleted...]
-  <si>
     <t>1.</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>3.</t>
   </si>
   <si>
     <t>4.</t>
   </si>
   <si>
     <t>5.</t>
   </si>
   <si>
     <t>6.</t>
   </si>
   <si>
-    <t>610.</t>
-[...1 lines deleted...]
-  <si>
     <t>Instruments Pertaining to Real Estate Processed.</t>
   </si>
   <si>
-    <t>Amount</t>
-[...10 lines deleted...]
-  <si>
     <t>CHECK NUMBER</t>
   </si>
   <si>
     <t>CHECK AMOUNT</t>
   </si>
   <si>
-    <t>County:</t>
-[...1 lines deleted...]
-  <si>
     <t>SUPERIOR</t>
   </si>
   <si>
     <t>JUVENILE</t>
   </si>
   <si>
     <t>MAGISTRATE</t>
   </si>
   <si>
-    <t>Monthly Report for Period Covered</t>
-[...10 lines deleted...]
-  <si>
     <t>STATE</t>
   </si>
   <si>
     <t>PROBATE</t>
   </si>
   <si>
     <t>OTHER</t>
-  </si>
-[...70 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>FINES &amp; FORFEITURES:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Show below, by correct court, the </t>
     </r>
     <r>
@@ -271,72 +164,57 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>number and amount at $2.00 each</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> for fines or bonds forfeited.</t>
     </r>
   </si>
   <si>
     <t>Sign:</t>
   </si>
   <si>
     <t>Title:</t>
   </si>
   <si>
-    <t>Remittance Due Monthly</t>
-[...1 lines deleted...]
-  <si>
     <t>Total Amount</t>
   </si>
   <si>
-    <t>To the best of my knowledge and belief this is a correct amount for the period stated due the Superior Court Clerks' Retirement Fund of Georgia as required by the Official Code of Georgia Amended.</t>
-[...4 lines deleted...]
-  <si>
     <t>ADDRESS:</t>
   </si>
   <si>
     <t xml:space="preserve">Monthly Remittance Report </t>
-  </si>
-[...4 lines deleted...]
-    <t>$</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>CIVIL FEES:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Show below, by correct court, the </t>
     </r>
     <r>
@@ -361,59 +239,50 @@
       <t xml:space="preserve"> for Civil Suits, Actions, Cases, Proceedings, Amendments, Adoptions, Charters, Mergers, Certiorari, Application to Sell/Reinvest, Trade Name registration, Change of Name, Garnishment, Certificate of Partnership, Attachments, Abandon Auto Proceedings, Other Proceedings of a Civil Nature, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Notary Public Commissions</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, etc.</t>
     </r>
   </si>
   <si>
-    <t>1208 Greenbelt Drive</t>
-[...7 lines deleted...]
-  <si>
     <t>Court #</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Appling</t>
   </si>
   <si>
     <t>Atkinson</t>
   </si>
   <si>
     <t>Bacon</t>
   </si>
   <si>
     <t>Baker</t>
   </si>
   <si>
     <t>Baldwin</t>
   </si>
   <si>
     <t>Banks</t>
   </si>
   <si>
     <t>Barrow</t>
@@ -851,268 +720,465 @@
     <t>Wayne</t>
   </si>
   <si>
     <t>Webster</t>
   </si>
   <si>
     <t>Wheeler</t>
   </si>
   <si>
     <t>White</t>
   </si>
   <si>
     <t>Whitfield</t>
   </si>
   <si>
     <t>Wilcox</t>
   </si>
   <si>
     <t>Wilkes</t>
   </si>
   <si>
     <t>Wilkinson</t>
   </si>
   <si>
     <t>Worth</t>
+  </si>
+  <si>
+    <t>1210 Greenbelt Drive</t>
+  </si>
+  <si>
+    <t>COUNT</t>
+  </si>
+  <si>
+    <t>AMOUNT</t>
+  </si>
+  <si>
+    <t>PARTIAL PMTS.</t>
+  </si>
+  <si>
+    <t>COURT NAME:</t>
+  </si>
+  <si>
+    <t>MONTHLY REPORT FOR PERIOD COVERED</t>
+  </si>
+  <si>
+    <t>Month and Year:</t>
+  </si>
+  <si>
+    <t>Phone: 770-228-8461 | Fax: 470-228-1120</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>REAL ESTATE FEES:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Show below the </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>number and amount at $0.50 each</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> of instruments pertaining to real estate processed such as Deeds, Leases, Plats, Options, Contracts, Affidavits, All Liens, All Fi. Fas., Notices, Releases, Cancellations, Property Bonds, Lis Pendens, Claims, Financing Statements Indexed/ Recorded in Real Estate Records, Any Other Instruments Processed in Real Estate Records, etc.</t>
+    </r>
+  </si>
+  <si>
+    <t>COUNTY:</t>
+  </si>
+  <si>
+    <t>DATE:</t>
+  </si>
+  <si>
+    <t>ACKNOWLEDGEMENT</t>
+  </si>
+  <si>
+    <t>SCCRF COUNTY #:</t>
+  </si>
+  <si>
+    <t>To the best of my knowledge and belief this is a correct amount for the period stated due to the Superior Court Clerks' Retirement Fund of Georgia as required by O.C.G.A. § 47-14-50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_([$$-409]* #,##0.00_);_([$$-409]* \(#,##0.00\);_([$$-409]* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="mmmm\ yyyy"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...5 lines deleted...]
-    <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...10 lines deleted...]
-    </fill>
   </fills>
-  <borders count="4">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1"/>
-[...34 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="44" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Currency" xfId="1" builtinId="4"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <protection locked="1" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
@@ -1162,56 +1228,56 @@
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <protection locked="1" hidden="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{FAB5ECCC-B26E-44B2-9B4D-422B68D3EA94}" name="Table2" displayName="Table2" ref="AA1:AB160" totalsRowShown="0" headerRowDxfId="3" dataDxfId="2">
-  <autoFilter ref="AA1:AB160" xr:uid="{FAB5ECCC-B26E-44B2-9B4D-422B68D3EA94}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{FAB5ECCC-B26E-44B2-9B4D-422B68D3EA94}" name="Table2" displayName="Table2" ref="A1:B160" totalsRowShown="0" headerRowDxfId="3" dataDxfId="2">
+  <autoFilter ref="A1:B160" xr:uid="{FAB5ECCC-B26E-44B2-9B4D-422B68D3EA94}"/>
   <tableColumns count="2">
     <tableColumn id="1" xr3:uid="{C29B825A-B5E9-4355-A2CF-DBDA02ADD760}" name="Court #" dataDxfId="1"/>
     <tableColumn id="2" xr3:uid="{12B44359-D352-45BC-92E4-F52A66CE8AA4}" name="County" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1472,2024 +1538,2212 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AB160"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:W43"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B14" sqref="B14:C14"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E16" sqref="E16:F16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.8984375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.296875" style="1" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="29" max="16384" width="8.8984375" style="1"/>
+    <col min="1" max="1" width="4.33203125" customWidth="1"/>
+    <col min="2" max="2" width="8.77734375" customWidth="1"/>
+    <col min="3" max="3" width="6.109375" customWidth="1"/>
+    <col min="4" max="4" width="4.5546875" customWidth="1"/>
+    <col min="5" max="5" width="1.77734375" customWidth="1"/>
+    <col min="6" max="6" width="21.77734375" customWidth="1"/>
+    <col min="7" max="8" width="2" customWidth="1"/>
+    <col min="9" max="9" width="3.44140625" customWidth="1"/>
+    <col min="10" max="10" width="13.44140625" customWidth="1"/>
+    <col min="11" max="11" width="2" customWidth="1"/>
+    <col min="12" max="12" width="8.6640625" customWidth="1"/>
+    <col min="13" max="13" width="1.77734375" customWidth="1"/>
+    <col min="14" max="14" width="20.77734375" customWidth="1"/>
+    <col min="15" max="15" width="3.33203125" customWidth="1"/>
+    <col min="26" max="27" width="8.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" ht="16.100000000000001" x14ac:dyDescent="0.35">
-[...42 lines deleted...]
-      <c r="AB2" s="14">
+    <row r="1" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A1" s="37" t="s">
+        <v>23</v>
+      </c>
+      <c r="B1" s="37"/>
+      <c r="C1" s="37"/>
+      <c r="D1" s="37"/>
+      <c r="E1" s="37"/>
+      <c r="F1" s="37"/>
+      <c r="G1" s="37"/>
+      <c r="H1" s="37"/>
+      <c r="I1" s="37"/>
+      <c r="J1" s="37"/>
+      <c r="K1" s="37"/>
+      <c r="L1" s="37"/>
+      <c r="M1" s="37"/>
+      <c r="N1" s="37"/>
+      <c r="O1" s="37"/>
+    </row>
+    <row r="2" spans="1:15" ht="5.65" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:15" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A3" s="37" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="37"/>
+      <c r="C3" s="37"/>
+      <c r="D3" s="37"/>
+      <c r="E3" s="37"/>
+      <c r="F3" s="37"/>
+      <c r="G3" s="37"/>
+      <c r="H3" s="37"/>
+      <c r="I3" s="37"/>
+      <c r="J3" s="37"/>
+      <c r="K3" s="37"/>
+      <c r="L3" s="37"/>
+      <c r="M3" s="37"/>
+      <c r="N3" s="37"/>
+      <c r="O3" s="37"/>
+    </row>
+    <row r="4" spans="1:15" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="A4" s="38" t="s">
+        <v>186</v>
+      </c>
+      <c r="B4" s="38"/>
+      <c r="C4" s="38"/>
+      <c r="D4" s="38"/>
+      <c r="E4" s="38"/>
+      <c r="F4" s="38"/>
+      <c r="G4" s="38"/>
+      <c r="H4" s="38"/>
+      <c r="I4" s="38"/>
+      <c r="J4" s="38"/>
+      <c r="K4" s="38"/>
+      <c r="L4" s="38"/>
+      <c r="M4" s="38"/>
+      <c r="N4" s="38"/>
+      <c r="O4" s="38"/>
+    </row>
+    <row r="5" spans="1:15" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="A5" s="38" t="s">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="27" t="s">
+      <c r="B5" s="38"/>
+      <c r="C5" s="38"/>
+      <c r="D5" s="38"/>
+      <c r="E5" s="38"/>
+      <c r="F5" s="38"/>
+      <c r="G5" s="38"/>
+      <c r="H5" s="38"/>
+      <c r="I5" s="38"/>
+      <c r="J5" s="38"/>
+      <c r="K5" s="38"/>
+      <c r="L5" s="38"/>
+      <c r="M5" s="38"/>
+      <c r="N5" s="38"/>
+      <c r="O5" s="38"/>
+    </row>
+    <row r="6" spans="1:15" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="A6" s="38" t="s">
+        <v>193</v>
+      </c>
+      <c r="B6" s="38"/>
+      <c r="C6" s="38"/>
+      <c r="D6" s="38"/>
+      <c r="E6" s="38"/>
+      <c r="F6" s="38"/>
+      <c r="G6" s="38"/>
+      <c r="H6" s="38"/>
+      <c r="I6" s="38"/>
+      <c r="J6" s="38"/>
+      <c r="K6" s="38"/>
+      <c r="L6" s="38"/>
+      <c r="M6" s="38"/>
+      <c r="N6" s="38"/>
+      <c r="O6" s="38"/>
+    </row>
+    <row r="7" spans="1:15" ht="5.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="5"/>
+      <c r="B7" s="5"/>
+      <c r="C7" s="5"/>
+      <c r="D7" s="5"/>
+      <c r="E7" s="5"/>
+      <c r="F7" s="5"/>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5"/>
+      <c r="K7" s="5"/>
+      <c r="L7" s="5"/>
+      <c r="M7" s="5"/>
+      <c r="N7" s="5"/>
+    </row>
+    <row r="8" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" t="s">
+        <v>190</v>
+      </c>
+      <c r="C8" s="35"/>
+      <c r="D8" s="35"/>
+      <c r="E8" s="35"/>
+      <c r="F8" s="35"/>
+      <c r="G8" s="35"/>
+      <c r="H8" s="35"/>
+      <c r="I8" s="35"/>
+      <c r="J8" s="35"/>
+      <c r="L8" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="M8" s="28"/>
+      <c r="N8" s="28"/>
+      <c r="O8" s="28"/>
+    </row>
+    <row r="9" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="36"/>
+      <c r="D9" s="36"/>
+      <c r="E9" s="36"/>
+      <c r="F9" s="36"/>
+      <c r="G9" s="36"/>
+      <c r="H9" s="36"/>
+      <c r="I9" s="36"/>
+      <c r="J9" s="36"/>
+      <c r="K9" s="5"/>
+      <c r="L9" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="M9" s="29"/>
+      <c r="N9" s="29"/>
+      <c r="O9" s="29"/>
+    </row>
+    <row r="10" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C10" s="5"/>
+      <c r="D10" s="5"/>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="5"/>
+      <c r="H10" s="5"/>
+      <c r="I10" s="5"/>
+      <c r="L10" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="M10" s="30" t="str">
+        <f>IFERROR(VLOOKUP(M9,Table2[],2,FALSE),"")</f>
+        <v/>
+      </c>
+      <c r="N10" s="30"/>
+      <c r="O10" s="30"/>
+    </row>
+    <row r="11" spans="1:15" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="A11" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="B12" s="32" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="32"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="32"/>
+      <c r="I12" s="31" t="s">
+        <v>191</v>
+      </c>
+      <c r="J12" s="31"/>
+      <c r="K12" s="31"/>
+      <c r="L12" s="31"/>
+      <c r="M12" s="31"/>
+      <c r="N12" s="31"/>
+      <c r="O12" s="31"/>
+    </row>
+    <row r="13" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="B13" s="44"/>
+      <c r="C13" s="44"/>
+      <c r="E13" s="45"/>
+      <c r="F13" s="45"/>
+      <c r="I13" s="39" t="s">
+        <v>192</v>
+      </c>
+      <c r="J13" s="39"/>
+      <c r="K13" s="41"/>
+      <c r="L13" s="41"/>
+      <c r="M13" s="41"/>
+      <c r="N13" s="41"/>
+    </row>
+    <row r="14" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="E14" s="26"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="5"/>
+      <c r="H14" s="5"/>
+    </row>
+    <row r="15" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="E15" s="26"/>
+      <c r="F15" s="26"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+    </row>
+    <row r="16" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B16" s="27"/>
+      <c r="C16" s="27"/>
+      <c r="E16" s="26"/>
+      <c r="F16" s="26"/>
+      <c r="G16" s="5"/>
+      <c r="H16" s="5"/>
+    </row>
+    <row r="17" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" s="27"/>
+      <c r="C17" s="27"/>
+      <c r="E17" s="26"/>
+      <c r="F17" s="26"/>
+      <c r="G17" s="5"/>
+      <c r="H17" s="5"/>
+    </row>
+    <row r="18" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" s="27"/>
+      <c r="C18" s="27"/>
+      <c r="E18" s="26"/>
+      <c r="F18" s="26"/>
+      <c r="G18" s="5"/>
+      <c r="H18" s="5"/>
+    </row>
+    <row r="19" spans="1:15" s="22" customFormat="1" ht="10.15" x14ac:dyDescent="0.2">
+      <c r="G19" s="23"/>
+      <c r="H19" s="23"/>
+    </row>
+    <row r="20" spans="1:15" ht="14.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="46" t="s">
+        <v>194</v>
+      </c>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="46"/>
+      <c r="E20" s="46"/>
+      <c r="F20" s="46"/>
+      <c r="G20" s="46"/>
+      <c r="H20" s="46"/>
+      <c r="I20" s="46"/>
+      <c r="J20" s="46"/>
+      <c r="K20" s="46"/>
+      <c r="L20" s="46"/>
+      <c r="M20" s="46"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+    </row>
+    <row r="21" spans="1:15" ht="14.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="46"/>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="46"/>
+      <c r="E21" s="46"/>
+      <c r="F21" s="46"/>
+      <c r="G21" s="46"/>
+      <c r="H21" s="46"/>
+      <c r="I21" s="46"/>
+      <c r="J21" s="46"/>
+      <c r="K21" s="46"/>
+      <c r="L21" s="46"/>
+      <c r="M21" s="46"/>
+      <c r="N21" s="46"/>
+      <c r="O21" s="46"/>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A22" s="46"/>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="46"/>
+      <c r="E22" s="46"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="46"/>
+      <c r="H22" s="46"/>
+      <c r="I22" s="46"/>
+      <c r="J22" s="46"/>
+      <c r="K22" s="46"/>
+      <c r="L22" s="46"/>
+      <c r="M22" s="46"/>
+      <c r="N22" s="46"/>
+      <c r="O22" s="46"/>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A23" s="46"/>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="46"/>
+      <c r="E23" s="46"/>
+      <c r="F23" s="46"/>
+      <c r="G23" s="46"/>
+      <c r="H23" s="46"/>
+      <c r="I23" s="46"/>
+      <c r="J23" s="46"/>
+      <c r="K23" s="46"/>
+      <c r="L23" s="46"/>
+      <c r="M23" s="46"/>
+      <c r="N23" s="46"/>
+      <c r="O23" s="46"/>
+    </row>
+    <row r="24" spans="1:15" ht="14.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="11"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="11"/>
+      <c r="F24" s="11"/>
+      <c r="G24" s="48" t="s">
+        <v>187</v>
+      </c>
+      <c r="H24" s="48"/>
+      <c r="I24" s="48"/>
+      <c r="J24" s="48"/>
+      <c r="L24" s="49" t="s">
+        <v>188</v>
+      </c>
+      <c r="M24" s="49"/>
+      <c r="N24" s="49"/>
+      <c r="O24" s="49"/>
+    </row>
+    <row r="25" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" t="s">
+        <v>9</v>
+      </c>
+      <c r="G25" s="33"/>
+      <c r="H25" s="33"/>
+      <c r="I25" s="33"/>
+      <c r="J25" s="33"/>
+      <c r="L25" s="50">
+        <f>ROUNDDOWN(G25,0)*0.5</f>
         <v>0</v>
       </c>
-      <c r="B3" s="27"/>
-[...226 lines deleted...]
-      <c r="AB13" s="14">
+      <c r="M25" s="50"/>
+      <c r="N25" s="50"/>
+      <c r="O25" s="50"/>
+    </row>
+    <row r="26" spans="1:15" s="9" customFormat="1" ht="21.05" x14ac:dyDescent="0.4">
+      <c r="G26" s="12"/>
+      <c r="H26" s="12"/>
+      <c r="J26" s="10"/>
+      <c r="K26" s="10"/>
+      <c r="M26" s="13"/>
+      <c r="N26" s="13"/>
+    </row>
+    <row r="27" spans="1:15" ht="58.85" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="34" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="34"/>
+      <c r="C27" s="34"/>
+      <c r="D27" s="34"/>
+      <c r="E27" s="34"/>
+      <c r="F27" s="34"/>
+      <c r="G27" s="34"/>
+      <c r="H27" s="34"/>
+      <c r="I27" s="34"/>
+      <c r="J27" s="34"/>
+      <c r="K27" s="34"/>
+      <c r="L27" s="34"/>
+      <c r="M27" s="34"/>
+      <c r="N27" s="34"/>
+      <c r="O27" s="34"/>
+    </row>
+    <row r="28" spans="1:15" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="A28" s="14"/>
+      <c r="B28" s="14"/>
+      <c r="C28" s="32" t="s">
+        <v>187</v>
+      </c>
+      <c r="D28" s="32"/>
+      <c r="E28" s="15"/>
+      <c r="F28" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="G28" s="15"/>
+      <c r="H28" s="15"/>
+      <c r="I28" s="15"/>
+      <c r="J28" s="15"/>
+      <c r="K28" s="15"/>
+      <c r="L28" s="32" t="s">
+        <v>187</v>
+      </c>
+      <c r="M28" s="32"/>
+      <c r="N28" s="32" t="s">
+        <v>188</v>
+      </c>
+      <c r="O28" s="32"/>
+    </row>
+    <row r="29" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" t="s">
         <v>12</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="AB14" s="14">
+      <c r="C29" s="33"/>
+      <c r="D29" s="33"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="16">
+        <f t="shared" ref="F29:F30" si="0">ROUNDDOWN(C29,0)*2</f>
+        <v>0</v>
+      </c>
+      <c r="G29" s="17"/>
+      <c r="H29" s="17"/>
+      <c r="J29" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="L29" s="3"/>
+      <c r="M29" s="7"/>
+      <c r="N29" s="42">
+        <f>ROUNDDOWN(L29,0)*2</f>
+        <v>0</v>
+      </c>
+      <c r="O29" s="42"/>
+    </row>
+    <row r="30" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" t="s">
         <v>13</v>
       </c>
-    </row>
-[...293 lines deleted...]
-      <c r="O26" s="15">
+      <c r="C30" s="29"/>
+      <c r="D30" s="29"/>
+      <c r="E30" s="7"/>
+      <c r="F30" s="16">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AA26" s="14" t="s">
-[...56 lines deleted...]
-      <c r="E30" s="4" t="s">
+      <c r="G30" s="17"/>
+      <c r="H30" s="17"/>
+      <c r="J30" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="L30" s="3"/>
+      <c r="M30" s="7"/>
+      <c r="N30" s="43">
+        <f>ROUNDDOWN(L30,0)*2</f>
+        <v>0</v>
+      </c>
+      <c r="O30" s="43"/>
+    </row>
+    <row r="31" spans="1:15" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="29"/>
+      <c r="D31" s="29"/>
+      <c r="E31" s="7"/>
+      <c r="F31" s="16">
+        <f>ROUNDDOWN(C31,0)*2</f>
+        <v>0</v>
+      </c>
+      <c r="G31" s="17"/>
+      <c r="H31" s="17"/>
+      <c r="J31" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="L31" s="3"/>
+      <c r="M31" s="7"/>
+      <c r="N31" s="43">
+        <f>ROUNDDOWN(L31,0)*2</f>
+        <v>0</v>
+      </c>
+      <c r="O31" s="43"/>
+    </row>
+    <row r="32" spans="1:15" s="9" customFormat="1" ht="21.05" x14ac:dyDescent="0.4">
+      <c r="N32" s="53"/>
+      <c r="O32" s="53"/>
+    </row>
+    <row r="33" spans="1:23" ht="14.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="34" t="s">
+        <v>18</v>
+      </c>
+      <c r="B33" s="34"/>
+      <c r="C33" s="34"/>
+      <c r="D33" s="34"/>
+      <c r="E33" s="34"/>
+      <c r="F33" s="34"/>
+      <c r="G33" s="34"/>
+      <c r="H33" s="34"/>
+      <c r="I33" s="34"/>
+      <c r="J33" s="34"/>
+      <c r="K33" s="34"/>
+      <c r="L33" s="34"/>
+      <c r="M33" s="34"/>
+      <c r="N33" s="34"/>
+      <c r="O33" s="34"/>
+      <c r="T33" s="19"/>
+      <c r="W33" s="19"/>
+    </row>
+    <row r="34" spans="1:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C34" s="32" t="s">
+        <v>187</v>
+      </c>
+      <c r="D34" s="32"/>
+      <c r="E34" s="15"/>
+      <c r="F34" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="G34" s="7"/>
+      <c r="H34" s="7"/>
+      <c r="I34" s="7"/>
+      <c r="J34" s="7"/>
+      <c r="K34" s="7"/>
+      <c r="L34" s="32" t="s">
+        <v>187</v>
+      </c>
+      <c r="M34" s="32"/>
+      <c r="N34" s="32" t="s">
+        <v>188</v>
+      </c>
+      <c r="O34" s="32"/>
+    </row>
+    <row r="35" spans="1:23" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" t="s">
+        <v>12</v>
+      </c>
+      <c r="C35" s="33"/>
+      <c r="D35" s="33"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="16">
+        <f>ROUNDDOWN(C35,0)*2</f>
+        <v>0</v>
+      </c>
+      <c r="G35" s="17"/>
+      <c r="H35" s="17"/>
+      <c r="I35" s="8"/>
+      <c r="J35" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="L35" s="3"/>
+      <c r="M35" s="7"/>
+      <c r="N35" s="42">
+        <f>ROUNDDOWN(L35,0)*2</f>
+        <v>0</v>
+      </c>
+      <c r="O35" s="42"/>
+    </row>
+    <row r="36" spans="1:23" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" t="s">
         <v>13</v>
       </c>
-      <c r="F30" s="4"/>
-[...1 lines deleted...]
-        <f>ROUNDDOWN(D30,0)*2</f>
+      <c r="C36" s="29"/>
+      <c r="D36" s="29"/>
+      <c r="E36" s="7"/>
+      <c r="F36" s="16">
+        <f t="shared" ref="F36:F37" si="1">ROUNDDOWN(C36,0)*2</f>
         <v>0</v>
       </c>
-      <c r="H30" s="8"/>
-[...12 lines deleted...]
-        <f t="shared" ref="O30:O32" si="1">ROUNDDOWN(K30,0)*2</f>
+      <c r="G36" s="17"/>
+      <c r="H36" s="17"/>
+      <c r="I36" s="8"/>
+      <c r="J36" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="L36" s="3"/>
+      <c r="M36" s="7"/>
+      <c r="N36" s="43">
+        <f>ROUNDDOWN(L36,0)*2</f>
         <v>0</v>
       </c>
-      <c r="AA30" s="14" t="s">
-[...34 lines deleted...]
-      <c r="O31" s="15">
+      <c r="O36" s="43"/>
+    </row>
+    <row r="37" spans="1:23" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" s="29"/>
+      <c r="D37" s="29"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="16">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AA31" s="14" t="s">
-[...19 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="G37" s="17"/>
+      <c r="H37" s="17"/>
+      <c r="I37" s="8"/>
+      <c r="J37" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="L37" s="3"/>
+      <c r="M37" s="7"/>
+      <c r="N37" s="43">
+        <f>ROUNDDOWN(L37,0)*2</f>
         <v>0</v>
       </c>
-      <c r="H32" s="8"/>
-[...12 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="O37" s="43"/>
+    </row>
+    <row r="38" spans="1:23" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" t="s">
+        <v>189</v>
+      </c>
+      <c r="C38" s="29"/>
+      <c r="D38" s="29"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="4"/>
+      <c r="G38" s="17"/>
+      <c r="H38" s="17"/>
+      <c r="I38" s="8"/>
+      <c r="J38" s="18"/>
+      <c r="K38" s="18"/>
+      <c r="L38" s="18"/>
+      <c r="M38" s="7"/>
+      <c r="N38" s="54"/>
+      <c r="O38" s="54"/>
+    </row>
+    <row r="39" spans="1:23" ht="14.95" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C39" s="7"/>
+      <c r="D39" s="7"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="20"/>
+      <c r="G39" s="17"/>
+      <c r="H39" s="17"/>
+      <c r="I39" s="8"/>
+      <c r="L39" s="7"/>
+      <c r="M39" s="7"/>
+      <c r="N39" s="20"/>
+    </row>
+    <row r="40" spans="1:23" ht="23.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="K40" s="51" t="s">
+        <v>21</v>
+      </c>
+      <c r="L40" s="52"/>
+      <c r="M40" s="52"/>
+      <c r="N40" s="55">
+        <f>L25+F29+F30+F31+N29+N30+N31+F35+F36+F37+F38+N35+N36+N37</f>
         <v>0</v>
       </c>
-      <c r="AA32" s="14" t="s">
-[...963 lines deleted...]
-      <c r="AA142" s="14" t="s">
+      <c r="O40" s="56"/>
+    </row>
+    <row r="41" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A41" s="21" t="s">
         <v>197</v>
       </c>
-      <c r="AB142" s="14">
-[...12 lines deleted...]
-      <c r="AA144" s="14" t="s">
+      <c r="K41" s="24"/>
+      <c r="L41" s="24"/>
+      <c r="M41" s="24"/>
+      <c r="N41" s="25"/>
+      <c r="O41" s="25"/>
+    </row>
+    <row r="42" spans="1:23" ht="30.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="40" t="s">
         <v>199</v>
       </c>
-      <c r="AB144" s="14">
-[...129 lines deleted...]
-      </c>
+      <c r="B42" s="40"/>
+      <c r="C42" s="40"/>
+      <c r="D42" s="40"/>
+      <c r="E42" s="40"/>
+      <c r="F42" s="40"/>
+      <c r="G42" s="40"/>
+      <c r="H42" s="40"/>
+      <c r="I42" s="40"/>
+      <c r="J42" s="40"/>
+      <c r="K42" s="40"/>
+      <c r="L42" s="40"/>
+      <c r="M42" s="40"/>
+      <c r="N42" s="40"/>
+      <c r="O42" s="19"/>
+    </row>
+    <row r="43" spans="1:23" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B43" s="47"/>
+      <c r="C43" s="47"/>
+      <c r="D43" s="47"/>
+      <c r="E43" s="47"/>
+      <c r="F43" s="47"/>
+      <c r="G43" s="47"/>
+      <c r="H43" s="47"/>
+      <c r="J43" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" s="33"/>
+      <c r="L43" s="33"/>
+      <c r="M43" s="33"/>
+      <c r="N43" s="33"/>
+      <c r="O43" s="33"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="vvilBLH3Rnb1SHudlJb1OouggrfpPatrh1E+YvjW6qGZMaXI7C97lwqnxc6nWB/lDMuw1XB5VjiBjHGU++imnQ==" saltValue="d5bp41Do8E6PxMDPzWAfyw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-[...6 lines deleted...]
-    <mergeCell ref="C37:F37"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="k2inzPzwA+WoXNr4SfJ7eHELxXfziAxH6un8v66RFoQ9Ql498UU3JNT6Y3S4+df9HwFeCddykyLT45GSjAoTKw==" saltValue="H7mtXWrgO/OSSfQMPLd59Q==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <mergeCells count="60">
+    <mergeCell ref="B43:H43"/>
+    <mergeCell ref="G24:J24"/>
+    <mergeCell ref="G25:J25"/>
+    <mergeCell ref="L24:O24"/>
+    <mergeCell ref="L25:O25"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="K43:O43"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="N38:O38"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="I13:J13"/>
+    <mergeCell ref="A42:N42"/>
+    <mergeCell ref="K13:N13"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="N30:O30"/>
+    <mergeCell ref="N31:O31"/>
+    <mergeCell ref="N34:O34"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="N36:O36"/>
+    <mergeCell ref="N37:O37"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="E13:F13"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="A20:O23"/>
+    <mergeCell ref="A33:O33"/>
     <mergeCell ref="A1:O1"/>
-    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="A4:O4"/>
+    <mergeCell ref="A5:O5"/>
     <mergeCell ref="A6:O6"/>
-    <mergeCell ref="A5:O5"/>
-[...5 lines deleted...]
-    <mergeCell ref="A35:J35"/>
+    <mergeCell ref="M8:O8"/>
+    <mergeCell ref="M9:O9"/>
+    <mergeCell ref="M10:O10"/>
+    <mergeCell ref="I12:O12"/>
+    <mergeCell ref="C31:D31"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="L28:M28"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="A27:O27"/>
+    <mergeCell ref="C8:J8"/>
+    <mergeCell ref="C9:J9"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="E12:F12"/>
+    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="B18:C18"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="B16:C16"/>
-    <mergeCell ref="B15:C15"/>
-[...15 lines deleted...]
-    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="E17:F17"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.5" right="0.5" top="0.25" bottom="0.5" header="0.3" footer="0.3"/>
+  <pageSetup scale="91" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Revised 2/13/2026&amp;C&amp;"-,Bold"Remittance Due Monthly</oddFooter>
+  </headerFooter>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{94D13E87-101E-4B47-971F-1AF6872CA792}">
+          <x14:formula1>
+            <xm:f>'CO.'!$A$2:$A$160</xm:f>
+          </x14:formula1>
+          <xm:sqref>M9:O9</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D511934-D4D2-4C24-814E-A49E23F28666}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C10" sqref="C10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.8" x14ac:dyDescent="0.3"/>
+  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="91" orientation="portrait" r:id="rId1"/>
-[...2 lines deleted...]
-  </ignoredErrors>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B2EADFFE-0E28-4FF6-B2CE-34881BD9ED23}">
+  <dimension ref="A1:B160"/>
+  <sheetViews>
+    <sheetView topLeftCell="A136" workbookViewId="0">
+      <selection activeCell="D160" sqref="D160"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.8" x14ac:dyDescent="0.3"/>
+  <sheetData>
+    <row r="1" spans="1:2" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A2" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A3" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A4" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" s="2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A6" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" s="2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A7" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" s="2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A8" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A9" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" s="2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A10" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" s="2">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A11" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" s="2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A12" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" s="2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A13" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" s="2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A14" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A15" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" s="2">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A16" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" s="2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A17" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="2">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A18" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="2">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A19" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="2">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A20" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="2">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A21" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A22" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="2">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A23" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="2">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A24" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="2">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A25" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="2">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A26" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" s="2">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A27" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B27" s="2">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A28" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B28" s="2">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A29" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B29" s="2">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A30" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B30" s="2">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A31" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B31" s="2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A32" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B32" s="2">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A33" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B33" s="2">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A34" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B34" s="2">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A35" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B35" s="2">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A36" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B36" s="2">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A37" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B37" s="2">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A38" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B38" s="2">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A39" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B39" s="2">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A40" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B40" s="2">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A41" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B41" s="2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A42" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B42" s="2">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A43" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B43" s="2">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A44" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B44" s="2">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A45" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B45" s="2">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A46" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B46" s="2">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A47" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B47" s="2">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A48" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B48" s="2">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A49" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B49" s="2">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A50" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B50" s="2">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A51" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B51" s="2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A52" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B52" s="2">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A53" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B53" s="2">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A54" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B54" s="2">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A55" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B55" s="2">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A56" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B56" s="2">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A57" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B57" s="2">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A58" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B58" s="2">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A59" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B59" s="2">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A60" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B60" s="2">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A61" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B61" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A62" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B62" s="2">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A63" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B63" s="2">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A64" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B64" s="2">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A65" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B65" s="2">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A66" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B66" s="2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A67" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B67" s="2">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A68" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B68" s="2">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A69" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B69" s="2">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A70" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B70" s="2">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A71" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B71" s="2">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A72" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B72" s="2">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A73" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B73" s="2">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A74" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B74" s="2">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A75" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B75" s="2">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A76" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B76" s="2">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A77" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B77" s="2">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A78" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B78" s="2">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A79" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B79" s="2">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A80" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B80" s="2">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A81" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B81" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A82" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="B82" s="2">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A83" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B83" s="2">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A84" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="B84" s="2">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A85" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B85" s="2">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A86" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B86" s="2">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A87" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B87" s="2">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A88" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B88" s="2">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A89" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B89" s="2">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A90" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B90" s="2">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A91" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B91" s="2">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A92" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B92" s="2">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="93" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A93" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B93" s="2">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A94" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B94" s="2">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="95" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A95" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B95" s="2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="96" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A96" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B96" s="2">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A97" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B97" s="2">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="98" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A98" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B98" s="2">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="99" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A99" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B99" s="2">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A100" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B100" s="2">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A101" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B101" s="2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A102" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B102" s="2">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A103" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B103" s="2">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A104" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B104" s="2">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A105" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B105" s="2">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A106" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B106" s="2">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A107" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B107" s="2">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A108" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B108" s="2">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A109" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B109" s="2">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A110" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="B110" s="2">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A111" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B111" s="2">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A112" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B112" s="2">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A113" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B113" s="2">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A114" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B114" s="2">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A115" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B115" s="2">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A116" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B116" s="2">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A117" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="B117" s="2">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A118" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B118" s="2">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A119" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B119" s="2">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A120" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B120" s="2">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A121" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="B121" s="2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A122" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B122" s="2">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A123" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B123" s="2">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A124" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B124" s="2">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A125" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B125" s="2">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A126" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="B126" s="2">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A127" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="B127" s="2">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="128" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A128" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="B128" s="2">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A129" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="B129" s="2">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A130" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="B130" s="2">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A131" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B131" s="2">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A132" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B132" s="2">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A133" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="B133" s="2">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A134" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B134" s="2">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A135" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B135" s="2">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A136" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B136" s="2">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A137" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B137" s="2">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A138" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="B138" s="2">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A139" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B139" s="2">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A140" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="B140" s="2">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A141" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B141" s="2">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A142" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="B142" s="2">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A143" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B143" s="2">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="144" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A144" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B144" s="2">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="145" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A145" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="B145" s="2">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="146" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A146" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B146" s="2">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="147" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A147" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B147" s="2">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="148" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A148" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B148" s="2">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="149" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A149" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B149" s="2">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="150" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A150" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B150" s="2">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="151" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A151" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B151" s="2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="152" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A152" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B152" s="2">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="153" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A153" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B153" s="2">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="154" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A154" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="B154" s="2">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="155" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A155" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="B155" s="2">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="156" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A156" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B156" s="2">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="157" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A157" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="B157" s="2">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="158" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A158" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B158" s="2">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="159" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A159" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B159" s="2">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="160" spans="1:2" ht="14.65" x14ac:dyDescent="0.3">
+      <c r="A160" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="B160" s="2">
+        <v>159</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
-    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>REMITTANCES</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
-      <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
+      <vt:lpstr>CO.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Garrett Jones</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>